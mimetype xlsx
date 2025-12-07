--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -5,94 +5,85 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="288">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>00017</t>
-[...2 lines deleted...]
-    <t>RICE VALERIE</t>
+    <t>00062</t>
+  </si>
+  <si>
+    <t>CLARK JOHN H &amp; MICHELLE A</t>
   </si>
   <si>
     <t>WEST HOLMES SCHOOL DIST</t>
   </si>
   <si>
-    <t>710 S WASHINGTON ST LOT 7</t>
+    <t>863 MASSILLON RD LOT 26</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>00062</t>
-[...7 lines deleted...]
-  <si>
     <t>00098</t>
   </si>
   <si>
     <t>NETHERO CAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>00356</t>
   </si>
   <si>
     <t>ELLIS-WILDS CHASE M</t>
   </si>
   <si>
     <t>710 S WASHINGTON ST LOT 4</t>
   </si>
   <si>
     <t>00397</t>
   </si>
   <si>
     <t>MILLERSBURG M H P LLC</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 44</t>
@@ -166,59 +157,50 @@
   <si>
     <t>00864</t>
   </si>
   <si>
     <t>BOLEY RACHAEL L</t>
   </si>
   <si>
     <t>863 MASSILLON RD LOT 4</t>
   </si>
   <si>
     <t>00938</t>
   </si>
   <si>
     <t>EDWARDS JOANN</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 68</t>
   </si>
   <si>
     <t>01077</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 105</t>
   </si>
   <si>
-    <t>01200</t>
-[...7 lines deleted...]
-  <si>
     <t>01236</t>
   </si>
   <si>
     <t>BELT ROBERT M</t>
   </si>
   <si>
     <t>710 S 710 WASHINGTON ST LOT 2</t>
   </si>
   <si>
     <t>01467</t>
   </si>
   <si>
     <t>SLABAUGH MATTHEW</t>
   </si>
   <si>
     <t>863 MASSILLON RD LOT 33</t>
   </si>
   <si>
     <t>01521</t>
   </si>
   <si>
     <t>EASTEP MADELINE S</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 227</t>
@@ -404,59 +386,50 @@
     <t>800 S WASHINGTON ST LOT 102</t>
   </si>
   <si>
     <t>03011</t>
   </si>
   <si>
     <t>SNYDER TYLER JAMES</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 106</t>
   </si>
   <si>
     <t>03046</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 24</t>
   </si>
   <si>
     <t>03085</t>
   </si>
   <si>
     <t>PURVIS MELINDA</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 83</t>
-  </si>
-[...7 lines deleted...]
-    <t>863 MASSILON RD LOT 32</t>
   </si>
   <si>
     <t>03109</t>
   </si>
   <si>
     <t>836 S WASHINGTON ST LOT 50</t>
   </si>
   <si>
     <t>03119</t>
   </si>
   <si>
     <t>BEST HOUSING</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 3</t>
   </si>
   <si>
     <t>03120</t>
   </si>
   <si>
     <t>800 S WASHINGTON ST LOT 5</t>
   </si>
   <si>
     <t>03121</t>
   </si>
@@ -992,2400 +965,2340 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F116" headerRowCount="1">
-  <autoFilter ref="A1:F116"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F113" headerRowCount="1">
+  <autoFilter ref="A1:F113"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35288&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36586&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=38764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=38765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=34399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=34582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=32214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=32216&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35288&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36586&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=4793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=38764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=38765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=5499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=6726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=34399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=34582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=7932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=32214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=32216&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F116"/>
+  <dimension ref="A1:F113"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.87027359008789" customWidth="1"/>
     <col min="3" max="3" width="26.632280349731445" customWidth="1"/>
     <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>0.78</v>
+        <v>86.38</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>84.13</v>
+        <v>95.6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>93.12</v>
+        <v>58.53</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>57.01</v>
+        <v>28.59</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>27.84</v>
+        <v>31.53</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>30.71</v>
+        <v>62.31</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="3">
-        <v>60.69</v>
+        <v>38.36</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="3">
-        <v>37.37</v>
+        <v>5.6</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="3">
-        <v>5.45</v>
+        <v>26.66</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
-        <v>25.97</v>
+        <v>174.9</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>170.35</v>
+        <v>11.81</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="3">
-        <v>11.5</v>
+        <v>45.86</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="3">
-        <v>44.66</v>
+        <v>29.26</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="3">
-        <v>28.5</v>
+        <v>178.47</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>173.83</v>
+        <v>56.7</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="3">
-        <v>55.23</v>
+        <v>328.01</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="3">
-        <v>26.08</v>
+        <v>167.99</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="3">
-        <v>423.11</v>
+        <v>242.15</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="3">
-        <v>163.63</v>
+        <v>178.47</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="3">
-        <v>235.86</v>
+        <v>26.78</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="3">
-        <v>173.83</v>
+        <v>357.17</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="3">
-        <v>26.08</v>
+        <v>274.01</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="3">
-        <v>347.89</v>
+        <v>265.5</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3">
-        <v>266.89</v>
+        <v>59.83</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="3">
-        <v>258.61</v>
+        <v>404.57</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="3">
-        <v>58.28</v>
+        <v>221.51</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="3">
-        <v>394.05</v>
+        <v>671.67</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E29" s="3">
-        <v>215.75</v>
+        <v>2.93</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="3">
-        <v>654.23</v>
+        <v>52.22</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>2.85</v>
+        <v>334.83</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E32" s="3">
-        <v>50.86</v>
+        <v>166.8</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3">
-        <v>326.13</v>
+        <v>80.91</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E34" s="3">
-        <v>162.47</v>
+        <v>4.8</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="3">
-        <v>78.81</v>
+        <v>174.64</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3">
-        <v>4.68</v>
+        <v>1255.15</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E37" s="3">
-        <v>170.1</v>
+        <v>223.87</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B38" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" s="3">
-        <v>1222.55</v>
+        <v>0.78</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="3">
-        <v>218.05</v>
+        <v>994.42</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="3">
-        <v>0.76</v>
+        <v>11.95</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B41" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="3">
-        <v>968.6</v>
+        <v>27.81</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="3">
-        <v>11.64</v>
+        <v>19.09</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E43" s="3">
-        <v>27.09</v>
+        <v>993.85</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B44" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>93.59</v>
+        <v>27.1</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="3">
-        <v>968.03</v>
+        <v>0.67</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="3">
-        <v>26.4</v>
+        <v>24.67</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" s="3">
-        <v>0.65</v>
+        <v>69.13</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>236.9</v>
+        <v>38.36</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E49" s="3">
-        <v>24.03</v>
+        <v>27.1</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E50" s="3">
-        <v>67.34</v>
+        <v>34.06</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B51" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="3">
-        <v>37.37</v>
+        <v>27.1</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E52" s="3">
-        <v>26.4</v>
+        <v>36.35</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E53" s="3">
-        <v>33.17</v>
+        <v>26.66</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E54" s="3">
-        <v>26.4</v>
+        <v>48.63</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="E55" s="3">
-        <v>35.4</v>
+        <v>26.66</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E56" s="3">
-        <v>25.97</v>
+        <v>27.81</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E57" s="3">
-        <v>47.36</v>
+        <v>67.09</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>139</v>
+        <v>112</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>50</v>
+        <v>152</v>
       </c>
       <c r="E58" s="3">
-        <v>25.97</v>
+        <v>45.86</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E59" s="3">
-        <v>27.09</v>
+        <v>32.49</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="E60" s="3">
-        <v>65.34</v>
+        <v>19.3</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E61" s="3">
-        <v>44.66</v>
+        <v>46.97</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E62" s="3">
-        <v>31.65</v>
+        <v>27.1</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E63" s="3">
-        <v>18.8</v>
+        <v>32.49</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E64" s="3">
-        <v>45.75</v>
+        <v>32.49</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E65" s="3">
-        <v>26.4</v>
+        <v>41.73</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E66" s="3">
-        <v>31.65</v>
+        <v>78.72</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E67" s="3">
-        <v>31.65</v>
+        <v>78.72</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E68" s="3">
-        <v>40.65</v>
+        <v>37.4</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>118</v>
+        <v>174</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E69" s="3">
-        <v>76.68</v>
+        <v>115.34</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B70" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E70" s="3">
-        <v>76.68</v>
+        <v>790.13</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E71" s="3">
-        <v>36.43</v>
+        <v>119.96</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D72" s="0" t="s">
+      <c r="D72" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E72" s="3">
-        <v>112.34</v>
+        <v>193.06</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="D73" s="2" t="s">
         <v>187</v>
       </c>
       <c r="E73" s="3">
-        <v>769.6</v>
+        <v>447.78</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="3">
-        <v>116.84</v>
+        <v>1129.21</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E75" s="3">
-        <v>188.05</v>
+        <v>192.72</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E76" s="3">
-        <v>436.15</v>
+        <v>1236.1</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E77" s="3">
-        <v>1099.88</v>
+        <v>56.66</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E78" s="3">
-        <v>187.71</v>
+        <v>32.56</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E79" s="3">
-        <v>1203.99</v>
+        <v>207.64</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E80" s="3">
-        <v>55.19</v>
+        <v>689.61</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E81" s="3">
-        <v>31.71</v>
+        <v>3319.58</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B82" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="C82" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" s="3">
-        <v>202.25</v>
+        <v>2092.22</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E83" s="3">
-        <v>671.69</v>
+        <v>1182.86</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="B84" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E84" s="3">
-        <v>3233.35</v>
+        <v>44.79</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="B85" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E85" s="3">
-        <v>2037.88</v>
+        <v>1527.03</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="3">
-        <v>1152.13</v>
+        <v>812.01</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>220</v>
       </c>
       <c r="E87" s="3">
-        <v>43.63</v>
+        <v>27.28</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E88" s="3">
-        <v>1487.36</v>
+        <v>1266.37</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>226</v>
       </c>
       <c r="E89" s="3">
-        <v>790.92</v>
+        <v>2261.64</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E90" s="3">
-        <v>76.57</v>
+        <v>588.82</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E91" s="3">
-        <v>1233.48</v>
+        <v>2258.51</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>235</v>
       </c>
       <c r="E92" s="3">
-        <v>2202.89</v>
+        <v>574.42</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>238</v>
       </c>
       <c r="E93" s="3">
-        <v>573.53</v>
+        <v>507.92</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>241</v>
       </c>
       <c r="E94" s="3">
-        <v>2199.85</v>
+        <v>12.15</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>244</v>
       </c>
       <c r="E95" s="3">
-        <v>559.5</v>
+        <v>4010.74</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>247</v>
       </c>
       <c r="E96" s="3">
-        <v>523.44</v>
+        <v>698.31</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B97" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="3">
-        <v>11.83</v>
+        <v>9150.4</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" s="3">
-        <v>3906.56</v>
+        <v>1077.19</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E99" s="3">
-        <v>680.17</v>
+        <v>339.58</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B100" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" s="3">
-        <v>8912.73</v>
+        <v>1250.55</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E101" s="3">
-        <v>1049.21</v>
+        <v>2099.61</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E102" s="3">
-        <v>330.76</v>
+        <v>1173.25</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="B103" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E103" s="3">
-        <v>1218.06</v>
+        <v>2389.48</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E104" s="3">
-        <v>2045.08</v>
+        <v>1806.54</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="B105" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E105" s="3">
-        <v>1142.78</v>
+        <v>22.44</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E106" s="3">
-        <v>2327.41</v>
+        <v>863.85</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="E107" s="3">
-        <v>1759.62</v>
+        <v>111.36</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="B108" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E108" s="3">
-        <v>21.85</v>
+        <v>2049.13</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>278</v>
       </c>
       <c r="E109" s="3">
-        <v>841.41</v>
+        <v>426.01</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>281</v>
       </c>
       <c r="E110" s="3">
-        <v>108.47</v>
+        <v>1537.92</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B111" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="C111" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="3">
-        <v>1995.94</v>
+        <v>3142.7</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B112" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="B112" s="0" t="s">
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="C112" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E112" s="3">
-        <v>414.95</v>
+        <v>81.42</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="E113" s="3">
-        <v>1498</v>
+        <v>119.49</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>10</v>
-[...58 lines deleted...]
-      <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3459,35 +3372,32 @@
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
-    <hyperlink ref="F114" r:id="rId114"/>
-[...1 lines deleted...]
-    <hyperlink ref="F116" r:id="rId116"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>