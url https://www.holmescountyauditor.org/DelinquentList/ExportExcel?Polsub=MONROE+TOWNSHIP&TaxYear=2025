--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00624</t>
   </si>
   <si>
     <t>CLINAGE LUMBER INC</t>
   </si>
   <si>
@@ -113,220 +113,153 @@
     <t>4675 COUNTY RD 400</t>
   </si>
   <si>
     <t>02989</t>
   </si>
   <si>
     <t>NEVILLE AMBER J</t>
   </si>
   <si>
     <t>4775 COUNTY ROAD 400</t>
   </si>
   <si>
     <t>02993</t>
   </si>
   <si>
     <t>10480 TOWNSHIP RD 262</t>
   </si>
   <si>
     <t>03173</t>
   </si>
   <si>
     <t>SWINEHART BRIAN</t>
   </si>
   <si>
     <t>10105 COUNTY ROAD 320</t>
-  </si>
-[...8 lines deleted...]
-MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00076-000</t>
   </si>
   <si>
     <t>CLINAGE LUMBER CO</t>
   </si>
   <si>
     <t xml:space="preserve">10481 TR 262  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00077-002</t>
   </si>
   <si>
     <t>LARIMORE TARA C &amp; RANDALL C CLINAGE</t>
   </si>
   <si>
     <t xml:space="preserve">10467 TR 262  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00078-003</t>
   </si>
   <si>
     <t>CLINAGE RANDALL DAVID &amp; SHERRY LYNN</t>
   </si>
   <si>
     <t xml:space="preserve">10463 TR 262  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00078-005</t>
   </si>
   <si>
-    <t>14-00080-003</t>
-[...38 lines deleted...]
-  <si>
     <t>14-00420-015</t>
   </si>
   <si>
     <t>ST JOHN MICHAEL &amp; RACHEL</t>
   </si>
   <si>
     <t xml:space="preserve">6039 SR 754  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00438-000</t>
   </si>
   <si>
     <t>COBURN MANDERVILLE &amp; MARY</t>
   </si>
   <si>
     <t xml:space="preserve">12521 TR 217  
 BIG PRAIRIE OH 44611</t>
   </si>
   <si>
     <t>14-00506-000</t>
   </si>
   <si>
     <t>ZICKEFOOSE GARY RAY</t>
   </si>
   <si>
     <t xml:space="preserve">4675 CR 400  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00523-001</t>
   </si>
   <si>
     <t>LOWE BETHANY A</t>
   </si>
   <si>
     <t xml:space="preserve">11621 SR 39  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00531-011</t>
   </si>
   <si>
     <t>ANGLE COREY &amp; LINDSEY</t>
   </si>
   <si>
     <t xml:space="preserve">CR 320  
 </t>
   </si>
   <si>
-    <t>14-00544-001</t>
-[...5 lines deleted...]
-  <si>
     <t>14-00550-000</t>
   </si>
   <si>
     <t>MONNIER GORDON LEE</t>
   </si>
   <si>
     <t xml:space="preserve">CLOSE TO 4161 TR 251  
 </t>
   </si>
   <si>
     <t>14-00550-002</t>
   </si>
   <si>
     <t>MONNIER GORDON</t>
   </si>
   <si>
     <t xml:space="preserve">4161 TR 251  
 GLENMONT OH 44628</t>
-  </si>
-[...8 lines deleted...]
-MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00600-000</t>
   </si>
   <si>
     <t>BLAGG JAMES E &amp; SUSAN L CRIDDLE</t>
   </si>
   <si>
     <t xml:space="preserve">4096 TR 271  
 KILLBUCK OH 44637</t>
   </si>
   <si>
     <t>14-00607-001</t>
   </si>
   <si>
     <t xml:space="preserve">11619 SR 39  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>14-00621-000</t>
   </si>
   <si>
     <t>COBURN MANDERVILLE &amp; MARY A</t>
   </si>
 </sst>
@@ -362,70 +295,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F32" headerRowCount="1">
-  <autoFilter ref="A1:F32"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F25" headerRowCount="1">
+  <autoFilter ref="A1:F25"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=41523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=41524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=39365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15267&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=39867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15971&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=41523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=41524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=39867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=15971&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F32"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="38.393436431884766" customWidth="1"/>
     <col min="3" max="3" width="26.632280349731445" customWidth="1"/>
     <col min="4" max="4" width="24.264907836914062" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -629,471 +562,324 @@
       </c>
       <c r="D11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
         <v>245.31</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>1026.67</v>
+        <v>9118.51</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="3">
-        <v>9118.51</v>
+        <v>2155.88</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="3">
-        <v>2155.88</v>
+        <v>6313.36</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E15" s="3">
-        <v>6313.36</v>
+        <v>2568.47</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>2568.47</v>
+        <v>10.84</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="3">
-        <v>610.39</v>
+        <v>179.12</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="3">
-        <v>167.08</v>
+        <v>783.64</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="3">
-        <v>1694.05</v>
+        <v>842.73</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="3">
-        <v>9389.88</v>
+        <v>1.55</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="3">
-        <v>10.84</v>
+        <v>2076.21</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="3">
-        <v>179.12</v>
+        <v>1869.35</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="3">
-        <v>783.64</v>
+        <v>7589.7</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="3">
-        <v>842.73</v>
+        <v>84.06</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="E25" s="3">
-        <v>1.55</v>
+        <v>904.56</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>10</v>
-[...138 lines deleted...]
-      <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
-    <hyperlink ref="F26" r:id="rId26"/>
-[...5 lines deleted...]
-    <hyperlink ref="F32" r:id="rId32"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>