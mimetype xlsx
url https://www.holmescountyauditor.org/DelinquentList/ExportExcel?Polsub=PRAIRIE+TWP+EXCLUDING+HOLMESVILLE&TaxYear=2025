--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -5,793 +5,496 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>18-00002-008</t>
-[...9 lines deleted...]
-SHREVE OH 44676</t>
+    <t>00735</t>
+  </si>
+  <si>
+    <t>HENSEL MICHAEL S</t>
+  </si>
+  <si>
+    <t>WAYNEDALE LSD</t>
+  </si>
+  <si>
+    <t>8181 TOWNSHIP RD 576</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>00155</t>
-[...19 lines deleted...]
-  <si>
     <t>01774</t>
   </si>
   <si>
     <t>BOSLER JEREMIAH D</t>
   </si>
   <si>
     <t>8193 STATE ROUTE 83</t>
   </si>
   <si>
     <t>01889</t>
   </si>
   <si>
     <t>BOSLER JOEY A</t>
   </si>
   <si>
     <t>8191 STATE ROUTE 83</t>
   </si>
   <si>
-    <t>02615</t>
-[...7 lines deleted...]
-  <si>
     <t>02642</t>
   </si>
   <si>
     <t>NORRIS DONALD L &amp; TABITHA K</t>
   </si>
   <si>
     <t>8969 STATE ROUTE 83</t>
   </si>
   <si>
-    <t>03188</t>
-[...7 lines deleted...]
-  <si>
     <t>03219</t>
   </si>
   <si>
     <t>HOCHSTETLER JOHN M</t>
   </si>
   <si>
     <t>7419 TOWNSHIP ROAD 323</t>
   </si>
   <si>
     <t>03284</t>
   </si>
   <si>
     <t>HEBB JUDITH A</t>
   </si>
   <si>
     <t>9096 HARRISON ROAD</t>
-  </si>
-[...8 lines deleted...]
-</t>
   </si>
   <si>
     <t>17-00035-001</t>
   </si>
   <si>
     <t>RATTA CLIFFORD E</t>
   </si>
   <si>
     <t xml:space="preserve">9460 TR 560  
 HOLMESVILLE OH 44633</t>
   </si>
   <si>
     <t>17-00113-001</t>
   </si>
   <si>
     <t>LEMON GREGORY D &amp; HEIDI D</t>
   </si>
   <si>
     <t xml:space="preserve">8532 TR 353  
 HOLMESVILLE OH 44633</t>
   </si>
   <si>
     <t>17-00121-002</t>
   </si>
   <si>
     <t>MILLER AARON W &amp; LAURA J</t>
   </si>
   <si>
     <t xml:space="preserve">10400 TR 506  
 HOLMESVILLE OH 44633</t>
   </si>
   <si>
-    <t>17-00280-000</t>
-[...25 lines deleted...]
-  <si>
     <t>17-00397-006</t>
   </si>
   <si>
     <t xml:space="preserve">TR 323  
 </t>
   </si>
   <si>
     <t>17-00397-007</t>
   </si>
   <si>
     <t xml:space="preserve">TR 560  
 </t>
-  </si>
-[...8 lines deleted...]
-HOLMESVILLE OH 44633</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F22" headerRowCount="1">
-  <autoFilter ref="A1:F22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F12" headerRowCount="1">
+  <autoFilter ref="A1:F12"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=19558&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=19233&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=18765&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F22"/>
+  <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="41.48923110961914" customWidth="1"/>
-    <col min="3" max="3" width="18.430368423461914" customWidth="1"/>
+    <col min="2" max="2" width="29.35158920288086" customWidth="1"/>
+    <col min="3" max="3" width="16.334104537963867" customWidth="1"/>
     <col min="4" max="4" width="25.49872398376465" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>0.27</v>
-[...1 lines deleted...]
-      <c r="F2" s="2" t="s">
+        <v>165.43</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="3">
-        <v>88.86</v>
-[...1 lines deleted...]
-      <c r="F3" s="2" t="s">
+        <v>19.14</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" s="3">
-        <v>165.43</v>
-[...1 lines deleted...]
-      <c r="F4" s="2" t="s">
+        <v>170.84</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="0" t="s">
+      <c r="C5" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" s="3">
-        <v>19.14</v>
-[...1 lines deleted...]
-      <c r="F5" s="2" t="s">
+        <v>254.72</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>170.84</v>
-[...1 lines deleted...]
-      <c r="F6" s="2" t="s">
+        <v>27.8</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>2.1</v>
-[...1 lines deleted...]
-      <c r="F7" s="2" t="s">
+        <v>226.91</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="3">
-        <v>254.72</v>
-[...1 lines deleted...]
-      <c r="F8" s="2" t="s">
+        <v>1818.56</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>132.04</v>
-[...1 lines deleted...]
-      <c r="F9" s="2" t="s">
+        <v>1289.24</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>27.8</v>
-[...1 lines deleted...]
-      <c r="F10" s="2" t="s">
+        <v>1.13</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" s="3">
-        <v>226.91</v>
-[...1 lines deleted...]
-      <c r="F11" s="2" t="s">
+        <v>196.69</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>8</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>0.72</v>
-[...178 lines deleted...]
-      <c r="E21" s="3">
         <v>3.3</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F22" s="2" t="s">
+      <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
-    <hyperlink ref="F13" r:id="rId13"/>
-[...8 lines deleted...]
-    <hyperlink ref="F22" r:id="rId22"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>