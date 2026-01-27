--- v0 (2025-10-21)
+++ v1 (2026-01-27)
@@ -5,184 +5,393 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00085</t>
   </si>
   <si>
     <t>COTTRELL AMY S</t>
   </si>
   <si>
     <t>WEST HOLMES SCHOOL DIST</t>
   </si>
   <si>
     <t>8019 TOWNSHIP RD 527</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>01709</t>
-[...7 lines deleted...]
-  <si>
     <t>02083</t>
   </si>
   <si>
     <t>8017 TOWNSHIP ROAD 527</t>
   </si>
   <si>
     <t>02803</t>
   </si>
   <si>
     <t>LING INVESTMENTS LLC</t>
   </si>
   <si>
     <t>7290 TOWNSHIP ROAD 524</t>
+  </si>
+  <si>
+    <t>03162</t>
+  </si>
+  <si>
+    <t>BUTLER RODNEY E</t>
+  </si>
+  <si>
+    <t>11371 TOWNSHIP ROAD 506</t>
   </si>
   <si>
     <t>23-00105-005</t>
   </si>
   <si>
     <t>EDWARDS WENDY M</t>
   </si>
   <si>
     <t xml:space="preserve">CR 373  
 </t>
   </si>
   <si>
     <t>23-00105-010</t>
   </si>
   <si>
     <t xml:space="preserve">CR 373  LOT 8
 </t>
   </si>
   <si>
+    <t>23-00110-000</t>
+  </si>
+  <si>
+    <t>HALL JEFFREY E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7682 SR 754  
+SHREVE OH 44676</t>
+  </si>
+  <si>
+    <t>23-00190-008</t>
+  </si>
+  <si>
+    <t>ANGLE COREY &amp; LINDSEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10487 CR 320  
+MILLERSBURG OH 44654</t>
+  </si>
+  <si>
+    <t>23-00209-000</t>
+  </si>
+  <si>
+    <t>DALTON KELLY &amp; NORMA JEAN BORDAC &amp; ANTHONY BORDAC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10955 TR 262  
+MILLERSBURG OH 44654</t>
+  </si>
+  <si>
+    <t>23-00210-000</t>
+  </si>
+  <si>
+    <t>SWAREY ENTERPRISES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13225 SR 39  
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
+    <t>23-00265-000</t>
+  </si>
+  <si>
+    <t>LEY PATRICIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7932 SR 754  
+SHREVE OH 44676</t>
+  </si>
+  <si>
+    <t>23-00266-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7932 CR 51  
+SHREVE OH 44676</t>
+  </si>
+  <si>
+    <t>23-00302-000</t>
+  </si>
+  <si>
+    <t>MAURER KYLE A &amp; BREANNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7317 SR 754  
+SHREVE OH 44676</t>
+  </si>
+  <si>
+    <t>23-00305-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 754  
+</t>
+  </si>
+  <si>
+    <t>23-00319-000</t>
+  </si>
+  <si>
+    <t>MCKINNEY QUINN E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11901 TR 516  
+</t>
+  </si>
+  <si>
+    <t>23-00341-000</t>
+  </si>
+  <si>
+    <t>HAAS RAYMOND E &amp; DONNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8199 TR 528  
+SHREVE OH 44676</t>
+  </si>
+  <si>
     <t>23-00384-000</t>
   </si>
   <si>
     <t>SWARTZENTRUBER JONAS W</t>
   </si>
   <si>
     <t xml:space="preserve">10921 TR 262  
 </t>
   </si>
   <si>
     <t>23-00505-001</t>
   </si>
   <si>
     <t>CONTI-SAFFELL JULIE A</t>
   </si>
   <si>
     <t xml:space="preserve">8970 SR 514  
 SHREVE OH 44676</t>
   </si>
   <si>
+    <t>23-00509-000</t>
+  </si>
+  <si>
+    <t>MYATT SCOT A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TR 511  
+</t>
+  </si>
+  <si>
+    <t>23-00509-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12978 TR 511  
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
+    <t>23-00513-000</t>
+  </si>
+  <si>
+    <t>SPRANG CHRISTOPHER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7199 TR 518  
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
+    <t>23-00641-002</t>
+  </si>
+  <si>
+    <t>ZIMMERMAN PHYLLIS A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7605 SR 754  
+SHREVE OH 44676</t>
+  </si>
+  <si>
     <t>23-00656-000</t>
   </si>
   <si>
     <t>BAKER JEFFREY A</t>
   </si>
   <si>
     <t xml:space="preserve">9074 THIRD ST LOT 54
 BIG PRAIRIE OH 44611</t>
   </si>
   <si>
+    <t>23-00665-000</t>
+  </si>
+  <si>
+    <t>MOORHEAD MICHAEL A &amp; REBECCA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13158 THIRD ST LOT 49
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
     <t>23-00668-001</t>
   </si>
   <si>
     <t>MOORHEAD MIRIAM</t>
   </si>
   <si>
     <t xml:space="preserve">THIRD ST LOT 51
 </t>
   </si>
   <si>
-    <t>23-00749-000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">13450 CR 100  LOT 105
+    <t>23-00673-000</t>
+  </si>
+  <si>
+    <t>PLEBAN MARK &amp; JEANETTE RAMEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13246 FIRST ST LOT 14
 </t>
   </si>
   <si>
-    <t>23-00893-000</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">7044 TR 524  
+    <t>23-00675-000</t>
+  </si>
+  <si>
+    <t>BEARD EDWARD A &amp; CHRISTINA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THIRD ST LOT 49
+</t>
+  </si>
+  <si>
+    <t>23-00676-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13146 TR 1038  LOT 50
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
+    <t>23-00680-000</t>
+  </si>
+  <si>
+    <t>MCINTIRE KIMBERLY K TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 226  
+</t>
+  </si>
+  <si>
+    <t>23-00682-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 226  LOT 55
+</t>
+  </si>
+  <si>
+    <t>23-00683-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13167 SR 226  LOT 56
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
+    <t>23-00685-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 226  LOT 57
+</t>
+  </si>
+  <si>
+    <t>23-00776-002</t>
+  </si>
+  <si>
+    <t>FURIN SHAWN F &amp; LORRI A MENDENHALL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7027 TR 501  
+BIG PRAIRIE OH 44611</t>
+  </si>
+  <si>
+    <t>23-00779-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11371 TR 506  
 SHREVE OH 44676</t>
+  </si>
+  <si>
+    <t>23-00796-000</t>
+  </si>
+  <si>
+    <t>23-00796-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 226  LOT 58
+</t>
+  </si>
+  <si>
+    <t>23-00906-000</t>
   </si>
   <si>
     <t>23-00931-000</t>
   </si>
   <si>
     <t>RADCLIFF DONALD &amp; MARY</t>
   </si>
   <si>
     <t xml:space="preserve">13510 CR 100  
 BIG PRAIRIE OH 44611</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
@@ -205,360 +414,885 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F14" headerRowCount="1">
-  <autoFilter ref="A1:F14"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F39" headerRowCount="1">
+  <autoFilter ref="A1:F39"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=35758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22890&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=21927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22062&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22574&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=33621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=22890&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="27.696269989013672" customWidth="1"/>
+    <col min="2" max="2" width="56.05256271362305" customWidth="1"/>
     <col min="3" max="3" width="26.632280349731445" customWidth="1"/>
-    <col min="4" max="4" width="25.49872398376465" customWidth="1"/>
+    <col min="4" max="4" width="26.59238052368164" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>20.32</v>
+        <v>12.66</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="0" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" s="3">
-        <v>35.06</v>
+        <v>43.56</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>59.68</v>
+        <v>324.54</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="3">
-        <v>219.69</v>
+        <v>477.28</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="3">
-        <v>139.2</v>
+        <v>414.97</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="3">
-        <v>352.14</v>
+        <v>1049.64</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="3">
-        <v>3052.83</v>
+        <v>1812.21</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="3">
-        <v>2238.11</v>
+        <v>107.36</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="3">
-        <v>39.35</v>
+        <v>1850.12</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
-        <v>4.11</v>
+        <v>5551.5</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>42.45</v>
+        <v>123.04</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="3">
-        <v>53.53</v>
+        <v>1039.83</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="3">
+        <v>1195.48</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="E14" s="3">
-[...2 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="B15" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" s="3">
+        <v>72.95</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" s="3">
+        <v>769.67</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" s="3">
+        <v>900.95</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" s="3">
+        <v>117.09</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" s="3">
+        <v>3670.14</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="3">
+        <v>635.75</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E21" s="3">
+        <v>226.67</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E23" s="3">
+        <v>0.01</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E24" s="3">
+        <v>1287.29</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E25" s="3">
+        <v>714.1</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E26" s="3">
+        <v>8.1</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E27" s="3">
+        <v>269.96</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" s="3">
+        <v>48.81</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E29" s="3">
+        <v>452.6</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E30" s="3">
+        <v>14.17</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E31" s="3">
+        <v>27.81</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E32" s="3">
+        <v>1046.4</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" s="3">
+        <v>2.99</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E34" s="3">
+        <v>16.2</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E35" s="3">
+        <v>1493.31</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E36" s="3">
+        <v>12.12</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E37" s="3">
+        <v>20.04</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E38" s="3">
+        <v>13.06</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E39" s="3">
+        <v>2906.26</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
+    <hyperlink ref="F15" r:id="rId15"/>
+    <hyperlink ref="F16" r:id="rId16"/>
+    <hyperlink ref="F17" r:id="rId17"/>
+    <hyperlink ref="F18" r:id="rId18"/>
+    <hyperlink ref="F19" r:id="rId19"/>
+    <hyperlink ref="F20" r:id="rId20"/>
+    <hyperlink ref="F21" r:id="rId21"/>
+    <hyperlink ref="F22" r:id="rId22"/>
+    <hyperlink ref="F23" r:id="rId23"/>
+    <hyperlink ref="F24" r:id="rId24"/>
+    <hyperlink ref="F25" r:id="rId25"/>
+    <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
+    <hyperlink ref="F33" r:id="rId33"/>
+    <hyperlink ref="F34" r:id="rId34"/>
+    <hyperlink ref="F35" r:id="rId35"/>
+    <hyperlink ref="F36" r:id="rId36"/>
+    <hyperlink ref="F37" r:id="rId37"/>
+    <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>