--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -5,287 +5,157 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00636</t>
   </si>
   <si>
     <t>WILCOX MARY</t>
   </si>
   <si>
     <t>EAST HOLMES SCHOOL DIST</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>02091</t>
   </si>
   <si>
     <t>MORRISON TERRY</t>
   </si>
   <si>
     <t>836 S WASHINGTON</t>
   </si>
   <si>
     <t>02669</t>
   </si>
   <si>
     <t>MILLER LESTER L</t>
   </si>
   <si>
     <t>9270 COUNTY ROAD 192, FREDERICKSBUR</t>
-  </si>
-[...28 lines deleted...]
-FREDERICKSBURG OH 44627</t>
   </si>
   <si>
     <t>24-00497-000</t>
   </si>
   <si>
     <t>SWARTZENTRUBER SARA &amp; ROBERT L SWARTZENTRUBER ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">6607 TR 606  
 FREDERICKSBURG OH 44627</t>
   </si>
   <si>
-    <t>24-00595-000</t>
-[...16 lines deleted...]
-    <t>24-00623-004</t>
+    <t>34-00304-001</t>
+  </si>
+  <si>
+    <t>CROSS COUNTRY OHIO EXPRESS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TR 618  
+MILLERSBURG OH 44654</t>
+  </si>
+  <si>
+    <t>34-00306-001</t>
   </si>
   <si>
     <t xml:space="preserve">SR 241  
 </t>
   </si>
   <si>
-    <t>24-00623-005</t>
-[...74 lines deleted...]
-  <si>
     <t>34-00396-000</t>
   </si>
   <si>
     <t xml:space="preserve">7488 SR 241  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>34-00397-000</t>
   </si>
   <si>
     <t>34-00398-000</t>
   </si>
   <si>
     <t>34-00399-000</t>
   </si>
   <si>
     <t>34-00400-000</t>
   </si>
   <si>
-    <t>34-00408-000</t>
-[...8 lines deleted...]
-  <si>
     <t>34-00526-000</t>
   </si>
   <si>
     <t xml:space="preserve">7500 SR 241  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>34-00527-000</t>
-  </si>
-[...5 lines deleted...]
-</t>
   </si>
   <si>
     <t>34-00609-000</t>
   </si>
   <si>
     <t xml:space="preserve">7480 SR 241  
 MILLERSBURG OH 44654</t>
   </si>
   <si>
     <t>34-00610-000</t>
   </si>
   <si>
     <t>34-00611-000</t>
   </si>
   <si>
     <t>34-00612-000</t>
   </si>
   <si>
     <t>03319</t>
   </si>
   <si>
     <t>SHEDRON MICHAEL L</t>
   </si>
   <si>
     <t>WAYNEDALE LSD</t>
@@ -326,70 +196,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F35" headerRowCount="1">
-  <autoFilter ref="A1:F35"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F19" headerRowCount="1">
+  <autoFilter ref="A1:F19"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=33180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=40364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23549&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=33223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=33582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=28642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=28761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=34509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=28890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=28962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=39475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=28977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29354&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=37446&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=39475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=28977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=29354&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=37446&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F35"/>
+  <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="56.390174865722656" customWidth="1"/>
     <col min="3" max="3" width="25.961151123046875" customWidth="1"/>
     <col min="4" max="4" width="38.50290298461914" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -453,674 +323,338 @@
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
         <v>84.47</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>0.01</v>
+        <v>609.78</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>1.53</v>
+        <v>37.33</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>1.13</v>
+        <v>24.11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" s="3">
-        <v>859.78</v>
+        <v>231</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E9" s="3">
-        <v>78.46</v>
+        <v>2262.36</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="E10" s="3">
-        <v>57.72</v>
+        <v>13.84</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="E11" s="3">
-        <v>9.19</v>
+        <v>35.48</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E12" s="3">
-        <v>2.21</v>
+        <v>369.2</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E13" s="3">
-        <v>51.04</v>
+        <v>225.35</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="E14" s="3">
-        <v>2927.09</v>
+        <v>17.51</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="E15" s="3">
-        <v>96.28</v>
+        <v>289.52</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="3">
-        <v>0.04</v>
+        <v>114</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E17" s="3">
-        <v>0.12</v>
+        <v>14.78</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="E18" s="3">
-        <v>14.92</v>
+        <v>30.72</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>41</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>42</v>
       </c>
       <c r="E19" s="3">
-        <v>37.33</v>
+        <v>12.24</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>10</v>
-[...318 lines deleted...]
-      <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
-    <hyperlink ref="F20" r:id="rId20"/>
-[...14 lines deleted...]
-    <hyperlink ref="F35" r:id="rId35"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>