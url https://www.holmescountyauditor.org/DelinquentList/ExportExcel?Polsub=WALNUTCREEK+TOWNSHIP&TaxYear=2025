--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -5,209 +5,153 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>03229</t>
   </si>
   <si>
     <t>CHUPP ANNE</t>
   </si>
   <si>
     <t>EAST HOLMES SCHOOL DIST</t>
   </si>
   <si>
     <t>3860 TOWNSHIP ROAD 162</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>26-00040-002</t>
-[...2 lines deleted...]
-    <t>YODER MARK A &amp; LISA D</t>
+    <t>26-00157-004</t>
+  </si>
+  <si>
+    <t>GINGERICH ROBERT D &amp; PATRICIA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TR 414  
+</t>
+  </si>
+  <si>
+    <t>26-00426-004</t>
+  </si>
+  <si>
+    <t>MILLER DANIEL A &amp; MAE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5590 CR 172  
+MILLERSBURG OH 44654</t>
+  </si>
+  <si>
+    <t>26-00428-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TR 419  
+</t>
+  </si>
+  <si>
+    <t>26-00446-002</t>
+  </si>
+  <si>
+    <t>MILLER DAVID D &amp; ELMINA C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2175 TR 444  
+SUGARCREEK OH 44681</t>
+  </si>
+  <si>
+    <t>26-00534-005</t>
+  </si>
+  <si>
+    <t>MILLER DAVID WAYNE &amp; ELIZABETH E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3686 CR 135  
+MILLERSBURG OH 44654</t>
+  </si>
+  <si>
+    <t>26-01288-000</t>
+  </si>
+  <si>
+    <t>26-01451-006</t>
+  </si>
+  <si>
+    <t>GERBER MAXWELL D &amp; CATHERINE E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2411 TR 415  
+DUNDEE OH 44624</t>
+  </si>
+  <si>
+    <t>26-01509-000</t>
+  </si>
+  <si>
+    <t>HOCHSTETLER ABNER LAST KNOWN OWNER</t>
   </si>
   <si>
     <t xml:space="preserve">CR 140  
 </t>
-  </si>
-[...114 lines deleted...]
-    <t>HOCHSTETLER ABNER LAST KNOWN OWNER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -220,70 +164,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F16" headerRowCount="1">
-  <autoFilter ref="A1:F16"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F10" headerRowCount="1">
+  <autoFilter ref="A1:F10"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=23962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=33003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=38948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=41358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=39078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=25537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=34601&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=25771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=25818&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/ManufacturedHome?Property_ID=36690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=33003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=38948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=24515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=41358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=25537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=25771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.holmescountyauditor.org/RealEstate/Index?Property_ID=25818&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="40.38125228881836" customWidth="1"/>
     <col min="3" max="3" width="25.961151123046875" customWidth="1"/>
     <col min="4" max="4" width="25.49872398376465" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -307,315 +251,189 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
         <v>186.01</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>234.06</v>
+        <v>833.98</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>0.77</v>
+        <v>6411.37</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" s="3">
-        <v>833.98</v>
+        <v>281.44</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>0.03</v>
+        <v>1135.92</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>6411.37</v>
+        <v>1049.58</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E8" s="3">
-        <v>281.44</v>
+        <v>28873.09</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>1135.92</v>
+        <v>4593.17</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>0.46</v>
+        <v>196.8</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>10</v>
-[...118 lines deleted...]
-      <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
-    <hyperlink ref="F11" r:id="rId11"/>
-[...4 lines deleted...]
-    <hyperlink ref="F16" r:id="rId16"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>